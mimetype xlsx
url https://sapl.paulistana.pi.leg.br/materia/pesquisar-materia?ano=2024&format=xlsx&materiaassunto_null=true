--- v0 (2025-12-10)
+++ v1 (2026-03-22)
@@ -54,51 +54,51 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>OSVALDO MAMÉDIO DA COSTA</t>
   </si>
   <si>
-    <t>https://sapl.paulistana.pi.leg.br/media/</t>
+    <t>http://sapl.paulistana.pi.leg.br/media/</t>
   </si>
   <si>
     <t>Requerimento nº 001/2024, de autoria do Vereador Osvaldo Mamédio da Costa.</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>JOSÉ TADEU CAVALCANTE DE AMORIM</t>
   </si>
   <si>
     <t>Requerimento nº 002/2024, de autoria do vereador José Tadeu Cavalcante de Amorim.</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>DANIEL DE SOUSA SANTOS</t>
   </si>
@@ -1032,68 +1032,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.paulistana.pi.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H80"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="42.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="36.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="35.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>